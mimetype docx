--- v0 (2025-10-16)
+++ v1 (2026-03-13)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5B865785" w14:textId="2D421FD3" w:rsidR="005966CB" w:rsidRDefault="005C4437" w:rsidP="00A86F7B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CCB9EA4" wp14:editId="4360DE1E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-457200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6858000" cy="914400"/>
@@ -64,243 +64,331 @@
                     <wp:lineTo x="21560" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapThrough>
                 <wp:docPr id="4" name="Text Box 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6858000" cy="914400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="61F42D80" w14:textId="15E0D24E" w:rsidR="005C4437" w:rsidRPr="005C4437" w:rsidRDefault="00BD01B7" w:rsidP="004714FC">
+                          <w:p w14:paraId="61F42D80" w14:textId="2FA69692" w:rsidR="005C4437" w:rsidRPr="005C4437" w:rsidRDefault="00BD01B7" w:rsidP="004714FC">
                             <w:pPr>
                               <w:spacing w:after="240"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t>Welcome</w:t>
                             </w:r>
                             <w:r w:rsidR="005C4437" w:rsidRPr="005C4437">
                               <w:rPr>
                                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
-                              <w:t>to Strive Wellness Rewards!</w:t>
+                              <w:t xml:space="preserve">to </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00865516">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">the </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Strive Wellness </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FA468B">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>Program</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1CEF51D9" w14:textId="49FBCAEF" w:rsidR="005C4437" w:rsidRPr="004714FC" w:rsidRDefault="00BD01B7">
+                          <w:p w14:paraId="1CEF51D9" w14:textId="1AF5DBB2" w:rsidR="005C4437" w:rsidRPr="004714FC" w:rsidRDefault="00BD01B7">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Strive </w:t>
                             </w:r>
                             <w:r w:rsidR="00D329B5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>Explorer</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> Wellness Rewards Program</w:t>
+                              <w:t xml:space="preserve"> Wellness Program</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="5CCB9EA4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-36pt;margin-top:36pt;width:540pt;height:1in;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAh8G8EDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bZEacYqsRYYB&#13;&#10;QVsgHXpWZCk2IIsapcTOfv0oOU6GbqdhF/pZpPjx+DS/71vDDgp9A7bk00nOmbISqsbuSv79dfVp&#13;&#10;xpkPwlbCgFUlPyrP7xcfP8w7V6grqMFUChklsb7oXMnrEFyRZV7WqhV+Ak5ZcmrAVgT6xV1Woego&#13;&#10;e2uyqzy/zTrAyiFI5T2dPg5Ovkj5tVYyPGvtVWCm5NRbSBaT3UabLeai2KFwdSNPbYh/6KIVjaWi&#13;&#10;51SPIgi2x+aPVG0jETzoMJHQZqB1I1WagaaZ5u+m2dTCqTQLkePdmSb//9LKp8PGvSAL/RfoaYGR&#13;&#10;kM75wtNhnKfX2MYvdcrITxQez7SpPjBJh7ezm1mek0uS7256fU2Y0mSX2w59+KqgZRGUHGktiS1x&#13;&#10;WPswhI4hsZiFVWNMWo2xrKMKn2/ydOHsoeTGUo1LrxGFftufBthCdaS5EIaVeydXDRVfCx9eBNKO&#13;&#10;qV/SbXgmow1QETghzmrAn387j/FEPXk560gzJfc/9gIVZ+abpaVEgY0AR7Adgd23D0AynNKLcDJB&#13;&#10;uoDBjFAjtG8k52WsQi5hJdUqeRjhQxiUS89BquUyBZGMnAhru3Eypo70RSpf+zeB7sR3oE09wagm&#13;&#10;UbyjfYgdiF/uA+gm7SQSOrB44pkkmLZ6ei5R47//p6jLo178AgAA//8DAFBLAwQUAAYACAAAACEA&#13;&#10;tRc0uOEAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7Fo7WZQqjVMhCjte&#13;&#10;LSDBzolNEuFHZE/S8PdM2cBmRvO6c0+5nZ1lk4mpD15CthTAjG+C7n0r4fXlbrEGllB5rWzwRsK3&#13;&#10;SbCtzs9KVehw9HszHbBlJOJToSR0iEPBeWo641RahsF4mn2G6BRSGVuuozqSuLM8F2LFneo9fejU&#13;&#10;YG4603wdRifBvqd4Xwv8mHbtAz4/8fHtNnuU8vJi3m0oXG+AoZnx7wJODOQfKjJWh9HrxKyExVVO&#13;&#10;QCjhN58WhFhTp5aQZysBvCr5f5DqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#13;&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACHwbwQM&#13;&#10;AgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALUX&#13;&#10;NLjhAAAAEAEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#13;&#10;AAB0BQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="61F42D80" w14:textId="15E0D24E" w:rsidR="005C4437" w:rsidRPr="005C4437" w:rsidRDefault="00BD01B7" w:rsidP="004714FC">
+                    <w:p w14:paraId="61F42D80" w14:textId="2FA69692" w:rsidR="005C4437" w:rsidRPr="005C4437" w:rsidRDefault="00BD01B7" w:rsidP="004714FC">
                       <w:pPr>
                         <w:spacing w:after="240"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>Welcome</w:t>
                       </w:r>
                       <w:r w:rsidR="005C4437" w:rsidRPr="005C4437">
                         <w:rPr>
                           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
-                        <w:t>to Strive Wellness Rewards!</w:t>
+                        <w:t xml:space="preserve">to </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00865516">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">the </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Strive Wellness </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FA468B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>Program</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>!</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1CEF51D9" w14:textId="49FBCAEF" w:rsidR="005C4437" w:rsidRPr="004714FC" w:rsidRDefault="00BD01B7">
+                    <w:p w14:paraId="1CEF51D9" w14:textId="1AF5DBB2" w:rsidR="005C4437" w:rsidRPr="004714FC" w:rsidRDefault="00BD01B7">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Strive </w:t>
                       </w:r>
                       <w:r w:rsidR="00D329B5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>Explorer</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> Wellness Rewards Program</w:t>
+                        <w:t xml:space="preserve"> Wellness Program</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="through" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="060AA357" w14:textId="4CBBBACE" w:rsidR="005C1F75" w:rsidRPr="005C1F75" w:rsidRDefault="004714FC" w:rsidP="005C1F75">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
@@ -324,201 +412,165 @@
                     <wp:lineTo x="21542" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapThrough>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1426464" cy="118872"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2999EAB2" w14:textId="58593CD2" w:rsidR="004714FC" w:rsidRPr="004E0ED1" w:rsidRDefault="004714FC">
+                          <w:p w14:paraId="2999EAB2" w14:textId="1016DC02" w:rsidR="004714FC" w:rsidRPr="004E0ED1" w:rsidRDefault="004714FC">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="282829"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="004E0ED1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="282829"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>MC621</w:t>
                             </w:r>
-                            <w:r w:rsidR="003549EE">
+                            <w:r w:rsidR="00395D98">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="282829"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>O</w:t>
+                              <w:t>J</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004E0ED1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="282829"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 0</w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="003549EE">
+                            <w:r w:rsidR="00865516">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:color w:val="282829"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
-                              <w:t>7</w:t>
-[...17 lines deleted...]
-                              <w:t>4</w:t>
+                              <w:t>01/26</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="27ABB007" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-36pt;margin-top:765.2pt;width:112.3pt;height:9.35pt;z-index:-251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAYH/P/DwIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fQQYYygiVKwV06Sq&#13;&#10;rUSrPhvHJpEcX+/akLBfv2uHQNXtadqLc+P7fc7x8qZrDDsq9DXYgk9GY86UlVDWdl/wl+fNpwVn&#13;&#10;PghbCgNWFfykPL9ZffywbF2uplCBKRUyKmJ93rqCVyG4PMu8rFQj/AicsuTUgI0I9Iv7rETRUvXG&#13;&#10;ZNPxeJ61gKVDkMp7ur3rnXyV6mutZHjU2qvATMFptpBOTOcuntlqKfI9ClfV8jyG+IcpGlFbanop&#13;&#10;dSeCYAes/yjV1BLBgw4jCU0GWtdSpR1om8n43TbbSjiVdiFwvLvA5P9fWflw3LonZKH7Bh0RGAFp&#13;&#10;nc89XcZ9Oo1N/NKkjPwE4ekCm+oCkzFpNp3P5jPOJPkmk8Xi6zSWya7ZDn34rqBh0Sg4Ei0JLXG8&#13;&#10;96EPHUJiMwub2phEjbGsLfj885dxSrh4qLix1OM6a7RCt+tYXb7ZYwflidZD6Jn3Tm5qmuFe+PAk&#13;&#10;kKimjUi+4ZEObYB6wdnirAL89bf7GE8MkJezlqRTcP/zIFBxZn5Y4ibqbDBwMHaDYQ/NLZAaJ/Qw&#13;&#10;nEwmJWAwg6kRmldS9Tp2IZewknoVPAzmbegFTK9CqvU6BZGanAj3dutkLB1RjIg+d68C3Rn2QIQ9&#13;&#10;wCAqkb9Dv4/t8V8fAug6URNx7VE8w01KTOSeX02U+tv/FHV926vfAAAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEA/dPj1eYAAAASAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7Fo7oQ9I41SI&#13;&#10;wo5CKSDBzolNEuFHZDtp+HsmK9iMZnRn7tyTb0ejyaB8aJ3lkMwZEGUrJ1tbc3h7fZhdAwlRWCm0&#13;&#10;s4rDjwqwLc7PcpFJd7IvajjGmqCJDZng0MTYZZSGqlFGhLnrlEXty3kjIo6+ptKLE5obTVPGVtSI&#13;&#10;1uKHRnTqrlHV97E3HPRH8I8li5/Drt7HwzPt3++TJ84vL8bdBsvtBkhUY/y7gIkB80OBwUrXWxmI&#13;&#10;5jBbpwgUUVhesQWQaWWZroCUU7O4SYAWOf2PUvwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#13;&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#13;&#10;ACEAGB/z/w8CAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEA/dPj1eYAAAASAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#13;&#10;AAAEAAQA8wAAAHwFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2999EAB2" w14:textId="58593CD2" w:rsidR="004714FC" w:rsidRPr="004E0ED1" w:rsidRDefault="004714FC">
+                    <w:p w14:paraId="2999EAB2" w14:textId="1016DC02" w:rsidR="004714FC" w:rsidRPr="004E0ED1" w:rsidRDefault="004714FC">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="282829"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="004E0ED1">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="282829"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>MC621</w:t>
                       </w:r>
-                      <w:r w:rsidR="003549EE">
+                      <w:r w:rsidR="00395D98">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="282829"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>O</w:t>
+                        <w:t>J</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004E0ED1">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="282829"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 0</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="003549EE">
+                      <w:r w:rsidR="00865516">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:color w:val="282829"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
-                        <w:t>7</w:t>
-[...17 lines deleted...]
-                        <w:t>4</w:t>
+                        <w:t>01/26</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="through" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005C1F75" w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>We’re excited to help you reach your well-being goals</w:t>
       </w:r>
       <w:r w:rsidR="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidR="005C1F75" w:rsidRPr="005C1F75">
         <w:rPr>
@@ -552,213 +604,259 @@
       </w:r>
       <w:r w:rsidR="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> and participate in health-promoting activities</w:t>
       </w:r>
       <w:r w:rsidR="005C1F75" w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6128FD4C" w14:textId="0B330BB7" w:rsidR="005C1F75" w:rsidRPr="005C1F75" w:rsidRDefault="005C1F75" w:rsidP="005C1F75">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our wellness program will run from [insert date] to [insert date] </w:t>
+        <w:t xml:space="preserve">Our wellness program will run from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[insert date]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[insert date]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>during which time you can complete the three required activities</w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8A2B64" w14:textId="77777777" w:rsidR="005C1F75" w:rsidRPr="005C1F75" w:rsidRDefault="005C1F75" w:rsidP="005C1F75">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:spacing w:before="300" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Getting started</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17240AE4" w14:textId="34D4C72F" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="00AA20E1" w:rsidP="005C1F75">
+    <w:p w14:paraId="17240AE4" w14:textId="300C1EA7" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="00FA468B" w:rsidP="005C1F75">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA20E1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC0FC2">
+        <w:t xml:space="preserve">Primary Card Holders of the company’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA20E1" w:rsidRPr="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(BCBSKS) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA20E1">
+        <w:t>Blue Cross</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>members</w:t>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00AA20E1">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA20E1" w:rsidRPr="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Not the primary Blue Cross and Blue Shield of Kansas policyholder through your employer?</w:t>
+        <w:t xml:space="preserve"> Blue Shield of Kansas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>medical coverage</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA20E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">If you are not the primary policyholder of Blue Cross and Blue Shield of Kansas through your employer but would like to participate in your employer health initiatives and rewards, you can register for a Strive account at </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>are the primary cardholder of your Blue Cross insurance, register for your BlueAccess</w:t>
+      </w:r>
+      <w:r w:rsidR="00865516" w:rsidRPr="0088787F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0D2"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> account or use your BlueAccess credentials to log in to Strive at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00FA468B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          </w:rPr>
+          <w:t>bcbsks.com/strive</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0EB0C3" w14:textId="0DB8F2D3" w:rsidR="00AA20E1" w:rsidRDefault="00AA20E1" w:rsidP="005C1F75">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA20E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not the primary Blue Cross </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA20E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blue Shield of Kansas </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">medical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA20E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>policyholder through your employer?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">If you are not the primary policyholder of Blue Cross and Blue Shield of Kansas through your employer but would like to participate in your employer health initiatives, you can register for a Strive account at </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0057A8"/>
         </w:rPr>
         <w:t>bcbsks.com/strive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> after receiving your registration email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438FE12D" w14:textId="4442C5F0" w:rsidR="00AA20E1" w:rsidRDefault="00AA20E1" w:rsidP="005C1F75">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -783,871 +881,1175 @@
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Strive is a personalized well-being experience. Whether you</w:t>
       </w:r>
       <w:r w:rsidR="00AA20E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> would</w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F75">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> like to spend more time working out at home, focusing on mindfulness, being active with your family, or doing anything in-between, Strive can be customized to help you achieve your unique goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4794068B" w14:textId="3764CE94" w:rsidR="005C1F75" w:rsidRDefault="00E36638" w:rsidP="001F0677">
+    <w:p w14:paraId="4794068B" w14:textId="004FF82F" w:rsidR="005C1F75" w:rsidRDefault="00E36638" w:rsidP="001F0677">
       <w:pPr>
         <w:pStyle w:val="Bodycopy"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:sectPr w:rsidR="005C1F75" w:rsidSect="005C4437">
-          <w:footerReference w:type="default" r:id="rId7"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="3240" w:right="1440" w:bottom="2880" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="5D5BAFCC" wp14:editId="16F0C5FE">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>5715000</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>8641080</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1152144" cy="576072"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="914961251" name="Picture 4" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="914961251" name="Picture 4" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1152144" cy="576072"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2536D5D3" w14:textId="77777777" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="00AA20E1" w:rsidP="00AA20E1">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:spacing w:before="300" w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Wellness tracking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B5B500" w14:textId="18F191BF" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="00AA20E1" w:rsidP="00AA20E1">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within Strive, you can access the </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677" w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[insert program name]</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rewards tab, which will show </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>information about our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wellness program and will track progress and activity completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEDA76E" w14:textId="7356E1C3" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="00AA20E1" w:rsidP="00AA20E1">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>the Strive Explorer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to reach your total of </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00192DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>milestones,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C1F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343CE60D" w14:textId="1BD3BCD9" w:rsidR="00AA20E1" w:rsidRPr="001F0677" w:rsidRDefault="001F0677" w:rsidP="00AA20E1">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registration or login confirmation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F525851" w14:textId="1B33556C" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="001F0677" w:rsidP="001F0677">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When new users register for a Strive account the system will automatically record and credit the </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>milestone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toward the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> milestone</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total goal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F898F38" w14:textId="6AEFFA5B" w:rsidR="00AA20E1" w:rsidRPr="005C1F75" w:rsidRDefault="001F0677" w:rsidP="001F0677">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you already have a Strive account, once you log in during </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516" w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>date range</w:t>
+      </w:r>
+      <w:r w:rsidR="00865516" w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>, the activity will automatically be credited on your wellness program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33204B93" w14:textId="68F5EC89" w:rsidR="005C1F75" w:rsidRPr="001F0677" w:rsidRDefault="001F0677" w:rsidP="00F22026">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete an </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Online Health Assessment (HA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79001DC4" w14:textId="246549BE" w:rsidR="005C1F75" w:rsidRPr="0012490E" w:rsidRDefault="001F0677" w:rsidP="001F0677">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A link to the Health Assessment will be available in your Strive wellness program. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="0012490E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Once the HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is completed</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="0012490E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>the system</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="0012490E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will automatically record</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and credit your </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> milestone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toward the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> milestone</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total goal</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="0012490E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1482E077" w14:textId="1583A41F" w:rsidR="005C1F75" w:rsidRPr="001F0677" w:rsidRDefault="001F0677" w:rsidP="00F22026">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F0677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Explore a health topic of your choice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC74246" w14:textId="781A1089" w:rsidR="0078752F" w:rsidRDefault="001F0677" w:rsidP="001F0677">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Select a health topic of your choice from the drop-down list included in your Strive wellness program. After reading about the topic, the system will automatically record and credit </w:t>
+      </w:r>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> milestone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toward the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> milestone</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total goal</w:t>
+      </w:r>
+      <w:r w:rsidR="0078752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C810D4B" w14:textId="77777777" w:rsidR="00750B71" w:rsidRDefault="00750B71" w:rsidP="00F22026">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173B7FE0" w14:textId="48BCBF1D" w:rsidR="005C4437" w:rsidRPr="00F22026" w:rsidRDefault="00E766A0" w:rsidP="00F22026">
+      <w:pPr>
+        <w:pStyle w:val="Bodycopy"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3155D31E" wp14:editId="5C7382F9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0BFC86C4" wp14:editId="6BCCCC4E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>2971800</wp:posOffset>
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9509760</wp:posOffset>
+                  <wp:posOffset>8714105</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4572000" cy="347472"/>
-                <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                <wp:extent cx="4379976" cy="704088"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="7620"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1532714672" name="Text Box 5"/>
+                <wp:docPr id="695182685" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4572000" cy="347472"/>
+                          <a:ext cx="4379976" cy="704088"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7F00CB3D" w14:textId="11BCBE8C" w:rsidR="00E36638" w:rsidRPr="00E36638" w:rsidRDefault="00E36638" w:rsidP="00E36638">
+                          <w:p w14:paraId="2DE86D7A" w14:textId="77777777" w:rsidR="00E766A0" w:rsidRPr="00050A66" w:rsidRDefault="00E766A0" w:rsidP="00E766A0">
                             <w:pPr>
-                              <w:jc w:val="right"/>
+                              <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                                <w:sz w:val="11"/>
-                                <w:szCs w:val="11"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00E36638">
+                            <w:r w:rsidRPr="00050A66">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                                <w:sz w:val="11"/>
-                                <w:szCs w:val="11"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Blue Cross</w:t>
+                              <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                                <w:sz w:val="11"/>
-                                <w:szCs w:val="11"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00050A66">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3155D31E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:234pt;margin-top:748.8pt;width:5in;height:27.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBPL775EAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+whQWqaIULFWTJNQ&#13;&#10;W4lOfTaOTSI5Pu9sSNhfv7NDYOr2NO3Fudyd78f3fV7cd41hR4W+BlvwyWjMmbISytruC/79df3p&#13;&#10;M2c+CFsKA1YV/KQ8v19+/LBoXa6mUIEpFTIqYn3euoJXIbg8y7ysVCP8CJyyFNSAjQj0i/usRNFS&#13;&#10;9cZk0/H4LmsBS4cglffkfeyDfJnqa61keNbaq8BMwWm2kE5M5y6e2XIh8j0KV9XyPIb4hykaUVtq&#13;&#10;ein1KIJgB6z/KNXUEsGDDiMJTQZa11KlHWibyfjdNttKOJV2IXC8u8Dk/19Z+XTcuhdkofsCHREY&#13;&#10;AWmdzz054z6dxiZ+aVJGcYLwdIFNdYFJcs5u50QFhSTFbmbz2Xway2TX2w59+KqgYdEoOBItCS1x&#13;&#10;3PjQpw4psZmFdW1MosZY1hb87uZ2nC5cIlTcWOpxnTVaodt1rC4LngaInh2UJ1oPoWfeO7muaYaN&#13;&#10;8OFFIFFNY5N8wzMd2gD1grPFWQX482/+mE8MUJSzlqRTcP/jIFBxZr5Z4ibqbDBwMHaDYQ/NA5Aa&#13;&#10;J/QwnEwmXcBgBlMjNG+k6lXsQiFhJfUqeBjMh9ALmF6FVKtVSiI1ORE2dutkLB1RjIi+dm8C3Rn2&#13;&#10;QIQ9wSAqkb9Dv8/t8V8dAug6UXNF8Qw3KTGRe341Ueq//6es69te/gIAAP//AwBQSwMEFAAGAAgA&#13;&#10;AAAhANHhhKflAAAAEwEAAA8AAABkcnMvZG93bnJldi54bWxMT0tPwzAMviPxHyIjcWNpx1ZK13RC&#13;&#10;DG6MxwAJbmlj2oomqZK0K/8e9wQXy/Znf498O+mOjeh8a42AeBEBQ1NZ1ZpawNvr/UUKzAdplOys&#13;&#10;QQE/6GFbnJ7kMlP2aF5wPISaEYnxmRTQhNBnnPuqQS39wvZoCPuyTstAo6u5cvJI5LrjyyhKuJat&#13;&#10;IYVG9njbYPV9GLSA7sO7hzIKn+Ou3ofnJz6838WPQpyfTbsNlZsNsIBT+PuAOQP5h4KMlXYwyrNO&#13;&#10;wCpJKVAgYHV9lQCbT+J03pXUrdfLS+BFzv9nKX4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#13;&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#13;&#10;ACEATy+++RACAAAjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEA0eGEp+UAAAATAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#13;&#10;AAAEAAQA8wAAAHwFAAAAAA==&#13;&#10;" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="0BFC86C4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:686.15pt;width:344.9pt;height:55.45pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBhNEISFAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0igHdCIULFWTJNQ&#13;&#10;W4lOfTaOTSLZPs82JOyv39khMHV7mvZyufjO9+P7Pi/uO63IUTjfgCnpeJRTIgyHqjH7kn5/XX+a&#13;&#10;U+IDMxVTYERJT8LT++XHD4vWFmICNahKOIJFjC9aW9I6BFtkmee10MyPwAqDQQlOs4C/bp9VjrVY&#13;&#10;XatskufTrAVXWQdceI+nj32QLlN9KQUPz1J6EYgqKc4WknXJ7qLNlgtW7B2zdcPPY7B/mEKzxmDT&#13;&#10;S6lHFhg5uOaPUrrhDjzIMOKgM5Cy4SLtgNuM83fbbGtmRdoFwfH2ApP/f2X503FrXxwJ3RfokMAI&#13;&#10;SGt94fEw7tNJp+MXJyUYRwhPF9hEFwjHw9ub2d3dbEoJx9gsv83n81gmu962zoevAjSJTkkd0pLQ&#13;&#10;YseND33qkBKbGVg3SiVqlCFtSac3n/N04RLB4spgj+us0QvdriNNVdLJsMcOqhOu56Bn3lu+bnCG&#13;&#10;DfPhhTmkGjdC+YZnNFIB9oKzR0kN7uffzmM+MoBRSlqUTkn9jwNzghL1zSA3UWeD4wZnNzjmoB8A&#13;&#10;1TjGh2F5cvGCC2pwpQP9hqpexS4YYoZjr5KGwX0IvYDxVXCxWqUkVJNlYWO2lsfSEcWI6Gv3xpw9&#13;&#10;wx6QsCcYRMWKd+j3uT3+q0MA2SRqIq49ime4UYmJ3POriVL//T9lXd/28hcAAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQCLMo8t4wAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNME&#13;&#10;lTSNUyEKN35bkODmxCaJsNeR7aTh7VlOcFlpZ7Sz85Xb2Ro2aR96hwKWiwSYxsapHlsBr4e7ixxY&#13;&#10;iBKVNA61gG8dYFudnpSyUO6IL3rax5ZRCIZCCuhiHArOQ9NpK8PCDRrJ+3Teykirb7ny8kjh1vA0&#13;&#10;SVbcyh7pQycHfdPp5ms/WgHmPfj7Ookf0659iM9PfHy7XT4KcX427zY0rjfAop7j3wX8MlB/qKhY&#13;&#10;7UZUgRkBRBNJza7SDBj5q3xNPDVJl3mWAq9K/p+j+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#13;&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#13;&#10;AAAAIQBhNEISFAIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQCLMo8t4wAAAA8BAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUG&#13;&#10;AAAAAAQABADzAAAAfgUAAAAA&#13;&#10;" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="7F00CB3D" w14:textId="11BCBE8C" w:rsidR="00E36638" w:rsidRPr="00E36638" w:rsidRDefault="00E36638" w:rsidP="00E36638">
+                    <w:p w14:paraId="2DE86D7A" w14:textId="77777777" w:rsidR="00E766A0" w:rsidRPr="00050A66" w:rsidRDefault="00E766A0" w:rsidP="00E766A0">
                       <w:pPr>
-                        <w:jc w:val="right"/>
+                        <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                          <w:sz w:val="11"/>
-                          <w:szCs w:val="11"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00E36638">
+                      <w:r w:rsidRPr="00050A66">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                          <w:sz w:val="11"/>
-                          <w:szCs w:val="11"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>Blue Cross</w:t>
+                        <w:t xml:space="preserve">Blue Cross and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                          <w:sz w:val="11"/>
-                          <w:szCs w:val="11"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> and Blue Shield of Kansas is an independent licensee of the Blue Cross Blue Shield Association. BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">BLUE CROSS®, BLUE SHIELD® and the Cross and Shield Symbols are registered service marks of the </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Blue Cross Blue Shield Association, an association of independent Blue Cross and Blue Shield Plans. </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Strive, powered by WebMD ONE, is our health and wellness platform that provides a personalized experience to </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00050A66">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>help our members build daily habits, achieve their health goals and thrive at work and life. WebMD ONE is our contracted vendor for this platform and is not affiliated with Blue Cross and Blue Shield of Kansas.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...366 lines deleted...]
-      <w:r w:rsidRPr="00F22026">
+      <w:r w:rsidR="005C1F75" w:rsidRPr="00F22026">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
       <w:r w:rsidR="00750B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F22026">
+      <w:r w:rsidR="005C1F75" w:rsidRPr="00F22026">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">re excited </w:t>
       </w:r>
       <w:r w:rsidR="00750B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F22026">
+      <w:r w:rsidR="005C1F75" w:rsidRPr="00F22026">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
       <w:r w:rsidR="00750B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">have chosen to embark on the Strive Explorer wellness </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t>. If you have any questions about the wellness program, please contact [fillable section]</w:t>
+      <w:r w:rsidR="00FA468B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="00F22026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If you have any questions about the wellness program, please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F75" w:rsidRPr="00865516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[fillable section]</w:t>
       </w:r>
       <w:r w:rsidR="00750B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005C4437" w:rsidRPr="00F22026" w:rsidSect="005C1F75">
-      <w:headerReference w:type="first" r:id="rId11"/>
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="2160" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6425A9E1" w14:textId="77777777" w:rsidR="00ED6096" w:rsidRDefault="00ED6096">
+    <w:p w14:paraId="315E1780" w14:textId="77777777" w:rsidR="00F82E31" w:rsidRDefault="00F82E31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D76E014" w14:textId="77777777" w:rsidR="00ED6096" w:rsidRDefault="00ED6096">
+    <w:p w14:paraId="165839DB" w14:textId="77777777" w:rsidR="00F82E31" w:rsidRDefault="00F82E31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="﷽﷽﷽﷽﷽﷽﷽﷽rande"/>
     <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers LT Std 47 Cn Lt">
     <w:altName w:val="Univers LT Std 47 Cn Lt"/>
     <w:panose1 w:val="020B0406020202040204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
-    <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myanmar Text">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00000400" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B7E70A2" w14:textId="77777777" w:rsidR="001057D0" w:rsidRPr="00F47683" w:rsidRDefault="001057D0" w:rsidP="00A23EE6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="center" w:pos="4770"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B59D8A1" w14:textId="3B16FB40" w:rsidR="00402019" w:rsidRDefault="00E33A8F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="6B470141" wp14:editId="7BB1A688">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="6B470141" wp14:editId="6DE65C24">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>2743200</wp:posOffset>
+            <wp:posOffset>705485</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>8686800</wp:posOffset>
+            <wp:posOffset>8707120</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2468880" cy="411480"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="3427730" cy="411480"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="788099365" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="788099365" name="Picture 788099365"/>
+                  <pic:cNvPr id="788099365" name="Picture 3"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
+                  <a:srcRect l="6930" t="26596" r="8386" b="29521"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2468880" cy="411480"/>
+                    <a:ext cx="3427730" cy="411480"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28C1AA11" w14:textId="2A2CA075" w:rsidR="005C4437" w:rsidRDefault="005C4437">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1746AD24" w14:textId="77777777" w:rsidR="00ED6096" w:rsidRDefault="00ED6096">
+    <w:p w14:paraId="3A12038D" w14:textId="77777777" w:rsidR="00F82E31" w:rsidRDefault="00F82E31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28BAB7E8" w14:textId="77777777" w:rsidR="00ED6096" w:rsidRDefault="00ED6096">
+    <w:p w14:paraId="215594E3" w14:textId="77777777" w:rsidR="00F82E31" w:rsidRDefault="00F82E31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06C7A598" w14:textId="77777777" w:rsidR="005966CB" w:rsidRDefault="005966CB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0157562A" wp14:editId="57A3BEC6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7772400" cy="1828800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="49" name="Picture 49"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1672,61 +2074,61 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:extLst>
                     <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
                       <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FA0EAF5" w14:textId="22F6FB8B" w:rsidR="005C4437" w:rsidRDefault="005C4437">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE366CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A052171E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2569,174 +2971,198 @@
   <w:num w:numId="3" w16cid:durableId="1474981215">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="624897220">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1930042600">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="788470013">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2146004666">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1443301030">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1091976499">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="115"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C4437"/>
     <w:rsid w:val="000024F9"/>
     <w:rsid w:val="000435D2"/>
     <w:rsid w:val="000D1FD1"/>
     <w:rsid w:val="001057D0"/>
     <w:rsid w:val="0012490E"/>
     <w:rsid w:val="00180718"/>
+    <w:rsid w:val="00192DD0"/>
+    <w:rsid w:val="0019495A"/>
     <w:rsid w:val="001A0FA3"/>
+    <w:rsid w:val="001C2192"/>
     <w:rsid w:val="001D4F08"/>
     <w:rsid w:val="001F0677"/>
     <w:rsid w:val="00225727"/>
     <w:rsid w:val="002A287C"/>
     <w:rsid w:val="002A7322"/>
     <w:rsid w:val="002C3346"/>
     <w:rsid w:val="003549EE"/>
+    <w:rsid w:val="00395D98"/>
     <w:rsid w:val="00402019"/>
     <w:rsid w:val="00413033"/>
     <w:rsid w:val="00414999"/>
     <w:rsid w:val="004714FC"/>
     <w:rsid w:val="004E0ED1"/>
     <w:rsid w:val="0056570A"/>
     <w:rsid w:val="005966CB"/>
     <w:rsid w:val="005C1F75"/>
     <w:rsid w:val="005C4437"/>
+    <w:rsid w:val="006607D3"/>
+    <w:rsid w:val="00703414"/>
+    <w:rsid w:val="007110E8"/>
     <w:rsid w:val="00750B71"/>
     <w:rsid w:val="0078752F"/>
     <w:rsid w:val="007C412C"/>
     <w:rsid w:val="007D49EA"/>
+    <w:rsid w:val="007E6235"/>
+    <w:rsid w:val="00865516"/>
     <w:rsid w:val="00880C8D"/>
     <w:rsid w:val="00885FFA"/>
+    <w:rsid w:val="0088787F"/>
     <w:rsid w:val="00936D8F"/>
     <w:rsid w:val="009415B2"/>
     <w:rsid w:val="0098336E"/>
     <w:rsid w:val="009C0894"/>
+    <w:rsid w:val="009C3B60"/>
     <w:rsid w:val="009D2BC7"/>
     <w:rsid w:val="009E50FF"/>
+    <w:rsid w:val="00A21A45"/>
     <w:rsid w:val="00A23EE6"/>
+    <w:rsid w:val="00A25A32"/>
+    <w:rsid w:val="00A44784"/>
     <w:rsid w:val="00A86F7B"/>
     <w:rsid w:val="00AA20E1"/>
     <w:rsid w:val="00B15DD8"/>
     <w:rsid w:val="00B82A19"/>
     <w:rsid w:val="00BC0FC2"/>
     <w:rsid w:val="00BD01B7"/>
     <w:rsid w:val="00BE2289"/>
     <w:rsid w:val="00C039FE"/>
     <w:rsid w:val="00C863CF"/>
+    <w:rsid w:val="00C905FD"/>
     <w:rsid w:val="00CC0B6E"/>
+    <w:rsid w:val="00CD0D2C"/>
+    <w:rsid w:val="00D31092"/>
     <w:rsid w:val="00D329B5"/>
     <w:rsid w:val="00DA03B1"/>
     <w:rsid w:val="00E165F6"/>
     <w:rsid w:val="00E270E8"/>
     <w:rsid w:val="00E33A8F"/>
     <w:rsid w:val="00E36638"/>
     <w:rsid w:val="00E55E91"/>
     <w:rsid w:val="00E72489"/>
+    <w:rsid w:val="00E74939"/>
+    <w:rsid w:val="00E766A0"/>
+    <w:rsid w:val="00EB7C06"/>
     <w:rsid w:val="00ED6096"/>
     <w:rsid w:val="00F22026"/>
+    <w:rsid w:val="00F66AD8"/>
+    <w:rsid w:val="00F82E31"/>
+    <w:rsid w:val="00F84A53"/>
+    <w:rsid w:val="00FA468B"/>
     <w:rsid w:val="00FD2D97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="my-MM"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F05E04D"/>
   <w15:docId w15:val="{A44CCEA4-1D27-084C-B2D5-A24B63543CD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3181,61 +3607,84 @@
       <w:lang w:bidi="my-MM"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0012490E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="js-level2">
     <w:name w:val="js-level2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0012490E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA468B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00865516"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bcbsks.com/strive" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////Volumes/cpr/Corporate%20Forms/3512-/3512-5/3512-5%20BCBSKS%20letterhead%20clr%200321.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3494,66 +3943,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>3512-5 BCBSKS letterhead clr 0321.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>396</Words>
-  <Characters>2263</Characters>
+  <Words>438</Words>
+  <Characters>2336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Blue Cross and Blue Shield of Kansas</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2654</CharactersWithSpaces>
+  <CharactersWithSpaces>2741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>